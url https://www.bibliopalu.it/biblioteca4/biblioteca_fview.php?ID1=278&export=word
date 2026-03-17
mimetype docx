--- v0 (2025-11-02)
+++ v1 (2026-03-17)
@@ -66,144 +66,144 @@
         <w:trPr>
           <w:trHeight w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E4E4E4"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Autore</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
           </w:tcPr>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">LUISA BONOLIS</w:t>
+              <w:t xml:space="preserve">MARIO LODI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E4E4E4"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Titolo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
           </w:tcPr>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">MAJORANA   IL GENIO SCOMPARSO</w:t>
+              <w:t xml:space="preserve">CIPI'</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E4E4E4"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Editore</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
           </w:tcPr>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">LE SCIENZE</w:t>
+              <w:t xml:space="preserve">EINAUDI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E4E4E4"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Anno</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
           </w:tcPr>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2015</w:t>
+              <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E4E4E4"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Luogo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -283,51 +283,51 @@
         <w:trPr>
           <w:trHeight w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E4E4E4"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Classificazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
           </w:tcPr>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">"Junior scienze"</w:t>
+              <w:t xml:space="preserve">"Junior 8/12"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E4E4E4"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Collocazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>