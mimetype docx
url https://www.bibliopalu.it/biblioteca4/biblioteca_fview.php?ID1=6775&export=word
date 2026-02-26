--- v0 (2026-01-12)
+++ v1 (2026-02-26)
@@ -407,51 +407,51 @@
         <w:trPr>
           <w:trHeight w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E4E4E4"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Disponibile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
           </w:tcPr>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">NO</w:t>
+              <w:t xml:space="preserve">SI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:gridSpan w:val="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E4E4E4"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Copertina</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>